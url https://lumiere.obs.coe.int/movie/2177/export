--- v0 (2025-12-07)
+++ v1 (2026-01-17)
@@ -247,135 +247,135 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Vahsi duygular</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,HK,IE,JP,NL,NZ,SE,US</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Диво сърце</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Vilda hjärtat</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ワイルド・アット・ハート</t>
+  </si>
+  <si>
+    <t>Vahşi Duygular</t>
+  </si>
+  <si>
+    <t>Corazon Salvaje</t>
+  </si>
+  <si>
+    <t>AR,CL,ES</t>
+  </si>
+  <si>
+    <t>Corazón salvaje</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Coração Selvagem</t>
+  </si>
+  <si>
+    <t>Zběsilost v srdci</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Wild at Heart: Die Geschichte von Sailor und Lula</t>
+  </si>
+  <si>
+    <t>Vilde hjerter</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Loomu poolest metsikud</t>
+  </si>
+  <si>
+    <t>Metsikud südamed</t>
+  </si>
+  <si>
+    <t>Villi sydän</t>
+  </si>
+  <si>
+    <t>Sailor et Lula</t>
+  </si>
+  <si>
+    <t>Sailor &amp; Lula</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Atithasi kardia</t>
+  </si>
+  <si>
     <t>HR</t>
   </si>
   <si>
     <t>Divlji u srcu</t>
-  </si>
-[...79 lines deleted...]
-    <t>Atithasi kardia</t>
   </si>
   <si>
     <t>Veszett a világ</t>
   </si>
   <si>
     <t>Cuore selvaggio</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Laukine širdis</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Salvaje de corazón</t>
   </si>
   <si>
     <t>Dzikość serca</t>
   </si>
   <si>
     <t>Um Coração Selvagem</t>
   </si>
@@ -1943,173 +1943,173 @@
     <col min="1" max="1" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="43.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>77</v>
       </c>
       <c r="B2" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>79</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B4" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>82</v>
       </c>
       <c r="B5" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>84</v>
       </c>
       <c r="B6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B7" t="s">
         <v>86</v>
       </c>
-      <c r="B7" t="s">
+    </row>
+    <row r="8" spans="1:2">
+      <c r="B8" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="8" spans="1:2">
-[...3 lines deleted...]
-      <c r="B8" t="s">
+    <row r="9" spans="1:2">
+      <c r="A9" t="s">
         <v>88</v>
       </c>
-    </row>
-    <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>90</v>
       </c>
       <c r="B10" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="B14" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="B17" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>56</v>
       </c>
       <c r="B18" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>56</v>
+        <v>102</v>
       </c>
       <c r="B19" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>104</v>
       </c>
       <c r="B20" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>61</v>
       </c>
       <c r="B21" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>65</v>
       </c>
@@ -2174,51 +2174,51 @@
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="B30" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>73</v>
       </c>
       <c r="B31" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>121</v>
       </c>
       <c r="B32" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B33" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>