--- v0 (2025-11-18)
+++ v1 (2025-12-10)
@@ -121,96 +121,96 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Compania Industrial Film Espanol</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>AVA Arts Foundation</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>The Rocket from Calabuch</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>Onde o Mundo Acaba</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Professoren holder fridag</t>
   </si>
   <si>
     <t>Calabuch (La otra libertad)</t>
   </si>
   <si>
     <t>FR,HU,IT</t>
   </si>
   <si>
     <t>Calabuig</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Calabuch el profesor atómico</t>
   </si>
   <si>
     <t>Gdzie jest profesor Hamilton?</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Paraíso Esquecido</t>
   </si>
   <si>
     <t>Калабуч</t>
   </si>
   <si>
     <t>Raketa iz Kalabuha</t>
-  </si>
-[...4 lines deleted...]
-    <t>The Rocket from Calabuch</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -820,126 +820,126 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>42</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:2">
+      <c r="A10" t="s">
+        <v>47</v>
+      </c>
       <c r="B10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:2">
-      <c r="A12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>