--- v0 (2025-11-27)
+++ v1 (2026-01-15)
@@ -94,69 +94,69 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>13. Cuma III</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Martes 13: Parte III</t>
+  </si>
+  <si>
     <t>MX</t>
   </si>
   <si>
     <t>Viernes 13, 3ª parte</t>
   </si>
   <si>
-    <t>AR</t>
-[...1 lines deleted...]
-  <si>
     <t>Martes 13: Parte 3</t>
-  </si>
-[...7 lines deleted...]
-    <t>13. Cuma III</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Vendredi 13: Le tueur du vendredi II</t>
   </si>
   <si>
     <t>MX,PE</t>
   </si>
   <si>
     <t>Martes 13, parte III</t>
   </si>
   <si>
     <t>AU,CA,US</t>
   </si>
   <si>
     <t>UY</t>
   </si>
   <si>
     <t>Martes 13, 3ª parte</t>
   </si>
   <si>
     <t>Viernes 13: Parte lll</t>
   </si>
@@ -908,107 +908,107 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>45</v>
       </c>
@@ -1164,67 +1164,67 @@
       <c r="A33" t="s">
         <v>75</v>
       </c>
       <c r="B33" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>77</v>
       </c>
       <c r="B34" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>77</v>
       </c>
       <c r="B35" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B36" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B37" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B38" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>83</v>
       </c>
       <c r="B39" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>87</v>
       </c>
@@ -1260,51 +1260,51 @@
       <c r="A45" t="s">
         <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>6</v>
       </c>