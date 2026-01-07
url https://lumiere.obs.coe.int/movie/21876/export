--- v0 (2025-11-25)
+++ v1 (2026-01-07)
@@ -241,54 +241,54 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>FINA</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>CLMC Multimedia</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DK,HR,JP,LT,NL,RS,SE,US</t>
+  </si>
+  <si>
     <t>Matou</t>
-  </si>
-[...1 lines deleted...]
-    <t>DK,HR,JP,LT,NL,RS,SE,US</t>
   </si>
   <si>
     <t>M - Dein Mörder sieht dich an</t>
   </si>
   <si>
     <t>M, een stad zoekt zijn moordenaar</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>М</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Sehir Katilini Ariyor</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>El vampiro negro</t>
   </si>
@@ -1755,62 +1755,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B3" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>64</v>
       </c>
       <c r="B5" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>79</v>
       </c>
       <c r="B6" t="s">
         <v>80</v>
       </c>