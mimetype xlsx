--- v0 (2025-12-01)
+++ v1 (2026-01-11)
@@ -283,228 +283,228 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Ljubljanski Kinematografi</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,ES,MX</t>
+  </si>
+  <si>
+    <t>Harry Potter y el prisionero de Azkaban</t>
+  </si>
+  <si>
+    <t>BE,NL</t>
+  </si>
+  <si>
+    <t>Harry Potter en de gevangene van Azkaban</t>
+  </si>
+  <si>
+    <t>Хари Потър и затворникът от Азкабан</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Harry Potter e o Prisioneiro de Azkaban</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Harry Potter et le prisonnier d'Azkaban</t>
+  </si>
+  <si>
+    <t>Harry Potter a vězeň z Azkabanu</t>
+  </si>
+  <si>
+    <t>Harry Potter und der Gefangene von Askaban</t>
+  </si>
+  <si>
+    <t>DK,NO</t>
+  </si>
+  <si>
+    <t>Harry Potter og fangen fra Azkaban</t>
+  </si>
+  <si>
+    <t>Harry Potter ja Azkabani vang</t>
+  </si>
+  <si>
+    <t>Harry Potter i el pres d'Azkaban</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Harry Potter och fången från Azkaban</t>
+  </si>
+  <si>
+    <t>Harry Potter ja Azkabanin vanki</t>
+  </si>
+  <si>
+    <t>Harry Potter et le Prisonnier d'Azkaban</t>
+  </si>
+  <si>
+    <t>O Harry Potter kai o aihmalotos tou Azkaban</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Harry Potter i Zatočenik Azkabana</t>
+  </si>
+  <si>
+    <t>Harry Potter és az azkabani fogoly</t>
+  </si>
+  <si>
+    <t>Harry Potter og fanginn frá Azkaban</t>
+  </si>
+  <si>
+    <t>Harry Potter e il prigioniero di Azkaban</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ハリー・ポッターとアズカバンの囚人</t>
+  </si>
+  <si>
+    <t>Harii Pottâ to Azukaban no shûjin</t>
+  </si>
+  <si>
+    <t>Haris Poteris ir Azkabano kalinys</t>
+  </si>
+  <si>
+    <t>Harijs Poters un Azkabanas gūsteknis</t>
+  </si>
+  <si>
+    <t>MK</t>
+  </si>
+  <si>
+    <t>Хари Потер и Затвореникот од Азкабан</t>
+  </si>
+  <si>
+    <t>Harry Potter i więzień Azkabanu</t>
+  </si>
+  <si>
+    <t>Harry Potter și prizonierul din Azkaban</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Хари Потер и затвореник из Аскабана</t>
+  </si>
+  <si>
+    <t>Harry Potter in jetnik iz Azkabana</t>
+  </si>
+  <si>
+    <t>Harry Potter a väzeň z Azkabanu</t>
+  </si>
+  <si>
+    <t>Harry Potter ve Azkaban Tutsağı</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>Harry Potter and the Prisoner of Azkaban: The IMAX Experience</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Гаррі Поттер і в'язень Азкабану</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>哈利·波特与阿兹卡班的囚徒</t>
+  </si>
+  <si>
+    <t>Ο Χάρι Πότερ και ο αιχμάλωτος του Αζκαμπάν</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Гарри Поттер и узник Азкабана</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,HK,KR,SG,US</t>
+  </si>
+  <si>
+    <t>Hari Poter i zatvorenik iz Askabana</t>
+  </si>
+  <si>
     <t>Harry Potter 3</t>
   </si>
   <si>
-    <t>AU,CA,GB,HK,KR,SG,US</t>
-[...7 lines deleted...]
-  <si>
     <t>Harry Potter à l'école des sorciers</t>
   </si>
   <si>
     <t>Harry Potter a väzen z Azkabanu</t>
   </si>
   <si>
     <t>Harry Potter a vezen z Azkabanu</t>
   </si>
   <si>
     <t>Harry Potter en de gevangene van Azkanan</t>
   </si>
   <si>
     <t>Harry Potter si Prizonierul din Azkaban</t>
   </si>
   <si>
     <t>Harry Potter ve Azkaban Tutsagi</t>
   </si>
   <si>
-    <t>UA</t>
-[...1 lines deleted...]
-  <si>
     <t>Гаррi Поттер i в'язень Азкабану</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Harry Potter dhe i Burgosuri i Azkabanit</t>
-  </si>
-[...136 lines deleted...]
-    <t>Гарри Поттер и узник Азкабана</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2370,384 +2370,384 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="56.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>89</v>
+      </c>
       <c r="B2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>92</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>94</v>
+      </c>
       <c r="B5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="B6" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>47</v>
       </c>
       <c r="B7" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>48</v>
+      </c>
       <c r="B8" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>100</v>
+      </c>
       <c r="B9" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="B10" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>53</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="B15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="B17" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="B18" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="B19" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>114</v>
       </c>
       <c r="B20" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>51</v>
+        <v>114</v>
       </c>
       <c r="B21" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="B22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>55</v>
+        <v>119</v>
       </c>
       <c r="B24" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="B25" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="B26" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>123</v>
       </c>
       <c r="B27" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="B28" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="B29" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="B30" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>128</v>
       </c>
       <c r="B31" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>67</v>
+        <v>132</v>
       </c>
       <c r="B33" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="B34" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B35" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>137</v>
       </c>
       <c r="B36" t="s">
-        <v>135</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>123</v>
       </c>
       <c r="B37" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:2">
-      <c r="A38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B38" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:2">
-      <c r="A39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B39" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>47</v>
       </c>
       <c r="B41" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="42" spans="1:2">
-      <c r="A42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B42" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="43" spans="1:2">
-      <c r="A43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B43" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
-        <v>144</v>
+        <v>85</v>
       </c>
       <c r="B44" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="B45" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>147</v>
       </c>
       <c r="B46" t="s">
         <v>148</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">