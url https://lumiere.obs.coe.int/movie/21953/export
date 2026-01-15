--- v0 (2025-12-15)
+++ v1 (2026-01-15)
@@ -256,50 +256,56 @@
   <si>
     <t>Sony</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Blitz Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinema</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Aleksandr</t>
+  </si>
+  <si>
     <t>AT,AU,BE,CA,CH,DE,GB,IE,IT,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Alexander Velký</t>
   </si>
   <si>
     <t>Aleksanteri</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Alexander: Alejandro Magno</t>
   </si>
   <si>
     <t>BE,BR,CA,CH,FR</t>
   </si>
   <si>
     <t>Alexandre</t>
   </si>
   <si>
     <t>Александър</t>
   </si>
   <si>
     <t>Alexander Veliký</t>
@@ -335,56 +341,50 @@
     <t>JP</t>
   </si>
   <si>
     <t>アレキサンダー</t>
   </si>
   <si>
     <t>Aleksandras Makedonietis</t>
   </si>
   <si>
     <t>Aleksandrs Lielais</t>
   </si>
   <si>
     <t>Alexander den store</t>
   </si>
   <si>
     <t>Alexandre, o Grande</t>
   </si>
   <si>
     <t>Alexandru</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Александар</t>
-  </si>
-[...4 lines deleted...]
-    <t>Aleksandr</t>
   </si>
   <si>
     <t>Alexander Veľký</t>
   </si>
   <si>
     <t>Büyük iskender</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Alexander Revisited: The Final Cut</t>
   </si>
   <si>
     <t>Alexander: The Ultimate Cut</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
   <si>
     <t>Александр</t>
   </si>
   <si>
     <t>Αλέξανδρος</t>
   </si>
@@ -1712,192 +1712,192 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="B3" t="s">
-        <v>81</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="B4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>83</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>85</v>
       </c>
       <c r="B6" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="B7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>89</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>91</v>
       </c>
       <c r="B10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>95</v>
       </c>
       <c r="B12" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="B14" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>105</v>
+        <v>69</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>107</v>
       </c>
       <c r="B21" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>75</v>
       </c>
       <c r="B22" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>76</v>
       </c>
@@ -1909,51 +1909,51 @@
       <c r="A24" t="s">
         <v>111</v>
       </c>
       <c r="B24" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>111</v>
       </c>
       <c r="B25" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>114</v>
       </c>
       <c r="B26" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B27" t="s">
         <v>116</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>