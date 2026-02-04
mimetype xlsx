--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -94,50 +94,53 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2024</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Nome: Carmen</t>
+  </si>
+  <si>
     <t>CA,FR,GB,IT</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Carmen, pasión y muerte</t>
   </si>
   <si>
     <t>AU,CA,US</t>
   </si>
   <si>
     <t>First Name: Carmen</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Carmen de Godard</t>
   </si>
   <si>
     <t>Prenom Carmen</t>
   </si>
   <si>
     <t>DK,NO</t>
@@ -158,53 +161,50 @@
     <t>Etunimi Carmen</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Ime Carmen</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Keresztneve Carmen</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>カルメンという名の女</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Imię: Carmen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nome: Carmen</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Förnamn Carmen</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>İsmi: Carmen</t>
   </si>
   <si>
     <t>Имя Кармен</t>
   </si>
   <si>
     <t>Vorname Carmen</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Όνομα Κάρμεν</t>
   </si>
@@ -748,147 +748,147 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>49</v>
       </c>
       <c r="B15" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>51</v>
       </c>
       <c r="B16" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>53</v>
       </c>