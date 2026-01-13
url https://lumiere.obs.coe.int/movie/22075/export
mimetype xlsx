--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -157,66 +157,66 @@
   <si>
     <t>A-Film</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Scanbox</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>LNK Audiovisuais</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,FI,GB,US</t>
+  </si>
+  <si>
+    <t>Ask artik burada oturmuyor</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Juz tu nie mieszkamy</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>Adulterio</t>
-  </si>
-[...10 lines deleted...]
-    <t>Juz tu nie mieszkamy</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Tentação</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le chemin de nos foyers</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Wir leben nicht mehr hier</t>
   </si>
   <si>
     <t>Ya no somos dos</t>
   </si>
   <si>
     <t>FI</t>
   </si>
@@ -1036,64 +1036,64 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>51</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>55</v>
       </c>
@@ -1161,51 +1161,51 @@
       <c r="A15" t="s">
         <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B18" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>75</v>
       </c>
       <c r="B20" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>44</v>
       </c>