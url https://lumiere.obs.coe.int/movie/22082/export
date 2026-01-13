--- v0 (2025-11-20)
+++ v1 (2026-01-13)
@@ -235,129 +235,129 @@
   <si>
     <t>LNK Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Prooptiki</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sony</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,FR,GB,IT,NL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Atok</t>
+  </si>
+  <si>
+    <t>Forbannelsen (The Grudge)</t>
+  </si>
+  <si>
+    <t>Förbannelsen - the Grudge</t>
+  </si>
+  <si>
+    <t>Nenávisť</t>
+  </si>
+  <si>
+    <t>The Grudge - Der Fluch</t>
+  </si>
+  <si>
+    <t>The Grudge - Klątwa</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Pagieza</t>
+  </si>
+  <si>
+    <t>AR,CL,ES</t>
+  </si>
+  <si>
+    <t>El grito</t>
+  </si>
+  <si>
+    <t>Гняв</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Grito</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Rage meurtrière</t>
+  </si>
+  <si>
+    <t>Nenávist</t>
+  </si>
+  <si>
+    <t>Der Fluch</t>
+  </si>
+  <si>
+    <t>Der Fluch - The Grudge</t>
+  </si>
+  <si>
+    <t>Forbandelsen</t>
+  </si>
+  <si>
+    <t>Vimm</t>
+  </si>
+  <si>
+    <t>Kauna</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>I katara</t>
+  </si>
+  <si>
     <t>HR</t>
   </si>
   <si>
     <t>Kletva</t>
   </si>
   <si>
     <t>Átok</t>
-  </si>
-[...70 lines deleted...]
-    <t>Vimm</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>THE JUON 呪怨</t>
   </si>
   <si>
     <t>Niknuma varā</t>
   </si>
   <si>
     <t>MX,VE</t>
   </si>
   <si>
     <t>La maldición</t>
   </si>
   <si>
     <t>Forbannelsen</t>
   </si>
   <si>
     <t>Blestemul</t>
   </si>
   <si>
     <t>RS</t>
   </si>
@@ -1570,190 +1570,190 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>73</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:2">
+      <c r="B5" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
-      <c r="A5" t="s">
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>77</v>
-      </c>
-[...9 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="9" spans="1:2">
-      <c r="B9" t="s">
+    <row r="10" spans="1:2">
+      <c r="A10" t="s">
         <v>82</v>
       </c>
-    </row>
-    <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>34</v>
+      </c>
       <c r="B11" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:2">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
       <c r="B12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="B14" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>41</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B19" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="B20" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="B21" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="B22" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>100</v>
       </c>
       <c r="B23" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>57</v>
       </c>
       <c r="B24" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>103</v>
       </c>
@@ -1797,51 +1797,51 @@
       <c r="A30" t="s">
         <v>110</v>
       </c>
       <c r="B30" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>112</v>
       </c>
       <c r="B31" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>114</v>
       </c>
       <c r="B32" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="B33" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>100</v>
       </c>
       <c r="B34" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>62</v>
       </c>
       <c r="B35" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>64</v>
       </c>