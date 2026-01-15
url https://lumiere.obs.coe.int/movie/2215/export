--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -196,96 +196,96 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Penta Distribuzione</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>FINA</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,DK,GB,NL,SE,US</t>
+  </si>
+  <si>
+    <t>Les chassés croisés</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Sosyeteden Insan Manzaralari</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Короткi iсторii</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Ciudad de ángeles</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Преки пътища</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Short Cuts - Cenas da Vida</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Les chassés-croisés</t>
+  </si>
+  <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Prostřihy</t>
-  </si>
-[...40 lines deleted...]
-    <t>Les chassés-croisés</t>
   </si>
   <si>
     <t>ES,MX,VE</t>
   </si>
   <si>
     <t>Vidas cruzadas</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Short Cuts - Oikopolkuja</t>
   </si>
   <si>
     <t>Short Cuts - Les Américains</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Stigmiotypa</t>
   </si>
   <si>
     <t>HR,RS</t>
   </si>
@@ -1390,62 +1390,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>60</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>62</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>64</v>
       </c>
       <c r="B5" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>68</v>
       </c>
       <c r="B7" t="s">
@@ -1576,67 +1576,67 @@
       <c r="A23" t="s">
         <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>56</v>
       </c>
       <c r="B24" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>100</v>
       </c>
       <c r="B25" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B26" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>103</v>
       </c>
       <c r="B27" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B28" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>81</v>
       </c>
       <c r="B29" t="s">
         <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">