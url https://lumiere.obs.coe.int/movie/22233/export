--- v0 (2025-11-27)
+++ v1 (2025-12-17)
@@ -163,50 +163,56 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Atalanta Filmes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Min mor</t>
+  </si>
+  <si>
     <t>CA,FR,GB,IT,NL,SG,US</t>
   </si>
   <si>
     <t>H mitera mou</t>
   </si>
   <si>
     <t>I mitera mou</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Mi madre</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Relaciones prohibidas</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Meine Mutter</t>
@@ -215,56 +221,50 @@
     <t>BG</t>
   </si>
   <si>
     <t>Майка ми</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Minha Mãe</t>
   </si>
   <si>
     <t>Ma mère (Mi madre)</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Anyámat!</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>내 어머니</t>
-  </si>
-[...4 lines deleted...]
-    <t>Min mor</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Moja matka</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Annem</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>My Mother</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Моя мать</t>
   </si>
@@ -1095,117 +1095,117 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>58</v>
       </c>
       <c r="B8" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>60</v>
       </c>
       <c r="B9" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="B10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>65</v>
       </c>
       <c r="B12" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>67</v>
       </c>
       <c r="B13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>69</v>
       </c>