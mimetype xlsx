--- v0 (2025-11-20)
+++ v1 (2026-02-08)
@@ -130,63 +130,63 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>20th Century Fox</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Poscig</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>La cacería</t>
+  </si>
+  <si>
     <t>AU,CA,GB,MX,US</t>
-  </si>
-[...10 lines deleted...]
-    <t>La cacería</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Преследването</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Rotação Máxima</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Senzační únos</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Highway Heat</t>
   </si>
@@ -955,67 +955,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>47</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
@@ -1072,51 +1072,51 @@
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>60</v>
       </c>
       <c r="B15" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>62</v>
       </c>
       <c r="B16" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>65</v>
       </c>
       <c r="B18" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>67</v>
       </c>
       <c r="B19" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>69</v>
       </c>