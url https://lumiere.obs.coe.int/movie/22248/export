--- v0 (2025-11-28)
+++ v1 (2026-01-11)
@@ -163,99 +163,99 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Bim Distribuzione</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Filmmuseum Distributie</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Atalanta Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Triple Agent - Agente speciale</t>
+  </si>
+  <si>
+    <t>Triplos praktoras</t>
+  </si>
+  <si>
+    <t>AR,CL,ES</t>
+  </si>
+  <si>
+    <t>Triple agente</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Agente Triplo</t>
+  </si>
+  <si>
+    <t>CA,GB,US</t>
+  </si>
+  <si>
+    <t>Triple Agent</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Triplaügynök</t>
+  </si>
+  <si>
+    <t>Agente speciale</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>三重スパイ</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Potrójny agent</t>
+  </si>
+  <si>
     <t>RO</t>
   </si>
   <si>
     <t>Agent triplu</t>
-  </si>
-[...43 lines deleted...]
-    <t>Potrójny agent</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Trostruki agent</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Тройной агент</t>
   </si>
   <si>
     <t>Τριπλός πράκτορας</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1053,109 +1053,109 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>49</v>
-      </c>
-[...9 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>51</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>55</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>57</v>
       </c>
       <c r="B8" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>64</v>
       </c>
       <c r="B12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>66</v>
       </c>