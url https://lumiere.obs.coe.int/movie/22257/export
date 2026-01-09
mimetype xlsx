--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -97,81 +97,81 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2004</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Shade: La sombra del juego</t>
+  </si>
+  <si>
     <t>AU,CA,GB,JP,US</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Pokerzysci</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Zaklon</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>To kare tis apatis</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Os Profissionais do Jogo</t>
-  </si>
-[...4 lines deleted...]
-    <t>Shade: La sombra del juego</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Ловки ръце</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Shade - Nos Bastidores do Jogo</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Hráci</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Heißes Spiel in Las Vegas</t>
   </si>
@@ -781,59 +781,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
@@ -930,75 +930,75 @@
       <c r="A18" t="s">
         <v>55</v>
       </c>
       <c r="B18" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>58</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>60</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>63</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>65</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>