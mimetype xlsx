--- v0 (2025-12-06)
+++ v1 (2026-01-17)
@@ -106,123 +106,123 @@
   <si>
     <t>Total since 1996</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,NL,US</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Det er os der snakker nu!</t>
+  </si>
+  <si>
+    <t>Mira quien habla ahora</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Дивiться, хто тепер заговорив</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Mira quién habla ahora</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Виж кой говори 3</t>
+  </si>
+  <si>
+    <t>Виж кой говори сега</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Olha Quem Está Falando Agora!</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>De quoi j'me mêle maintenant</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Kuck' mal wer da jetzt spricht!</t>
+  </si>
+  <si>
+    <t>Det er os, der snakker nu!</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Vaat' kes nüüd räägib</t>
+  </si>
+  <si>
+    <t>¡Mira quién habla ahora!</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Hei, kuka puhuu nyt!</t>
+  </si>
+  <si>
     <t>FR</t>
   </si>
   <si>
     <t>Allô maman, c'est Noël</t>
-  </si>
-[...67 lines deleted...]
-    <t>Hei, kuka puhuu nyt!</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Gle tko to govori 3</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Nicsak, ki beszél most!</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Senti chi parla adesso!</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ワンダフル・ファミリー ベイビー・トーク3</t>
   </si>
@@ -877,149 +877,149 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
         <v>32</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>34</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>36</v>
       </c>
       <c r="B6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>45</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="B13" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>53</v>
       </c>
       <c r="B16" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>55</v>
       </c>
       <c r="B17" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>57</v>
       </c>
@@ -1111,51 +1111,51 @@
       <c r="A29" t="s">
         <v>79</v>
       </c>
       <c r="B29" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>82</v>
       </c>
       <c r="B31" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B32" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>85</v>
       </c>
       <c r="B33" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">