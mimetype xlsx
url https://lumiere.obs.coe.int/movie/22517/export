--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -121,99 +121,99 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Artedis</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Dogwoof</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Umut Sanat</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Wolf</t>
+  </si>
+  <si>
+    <t>El Llop</t>
+  </si>
+  <si>
+    <t>Kurt</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>The Wolf</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Lobo</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>El Lobo - Der Wolf</t>
+  </si>
+  <si>
+    <t>ES,FR</t>
+  </si>
+  <si>
+    <t>El Lobo</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>O lykos</t>
+  </si>
+  <si>
+    <t>Ο Λύκος</t>
+  </si>
+  <si>
     <t>HU</t>
   </si>
   <si>
     <t>A farkas</t>
-  </si>
-[...43 lines deleted...]
-    <t>Ο Λύκος</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Wilk</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Волк</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -839,115 +839,115 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>43</v>
       </c>
       <c r="B7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>47</v>
       </c>
       <c r="B9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="B14" t="s">
         <v>1</v>
       </c>