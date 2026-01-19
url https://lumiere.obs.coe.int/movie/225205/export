--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -82,102 +82,102 @@
   <si>
     <t>https://www.wikidata.org/wiki/Q3156549</t>
   </si>
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2018</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BE,CA,FR</t>
+  </si>
+  <si>
+    <t>J'accuse</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Ik beschuldig!</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Acuso! - Abaixo a Guerra!</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Jeg anklager!</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Minä syytän</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Katigoro!</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Io accuso</t>
+  </si>
+  <si>
     <t>NL</t>
   </si>
   <si>
     <t>Ik beschuldig</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Jeg anklager</t>
-  </si>
-[...40 lines deleted...]
-    <t>Io accuso</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Jag anklagar</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>I Accuse</t>
   </si>
   <si>
     <t>I Accuse (That They May Live)</t>
   </si>
   <si>
     <t>That They May Live</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -697,70 +697,70 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>23</v>
-      </c>
-[...6 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>26</v>
       </c>
-      <c r="B4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">