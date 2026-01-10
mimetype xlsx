--- v0 (2025-11-29)
+++ v1 (2026-01-10)
@@ -214,96 +214,96 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ProVideo</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sandrew Metronome/Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Gün Batmadan</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>Avant la nuit, tout est possible</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Pre zalaska sunca</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Pries saulelydi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Prin to iliovasilema</t>
   </si>
   <si>
     <t>Przed zachodem slonca</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Преди залез</t>
   </si>
   <si>
     <t>AU,CA,DE,FR,GB,KR,NL,SG,US</t>
   </si>
   <si>
     <t>Avant la nuit tout est possible</t>
   </si>
   <si>
     <t>Abans de la posta</t>
-  </si>
-[...4 lines deleted...]
-    <t>Gün Batmadan</t>
   </si>
   <si>
     <t>AR,ES,MX,US</t>
   </si>
   <si>
     <t>Antes del atardecer</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>爱在日落黄昏时</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Pred súmrakom</t>
   </si>
   <si>
     <t>Before Sunrise 2</t>
   </si>
   <si>
     <t>If Not Now</t>
   </si>
@@ -1725,91 +1725,91 @@
       <c r="A3" t="s">
         <v>68</v>
       </c>
       <c r="B3" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>70</v>
       </c>
       <c r="B4" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>72</v>
       </c>
       <c r="B5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>1</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>82</v>
       </c>
       <c r="B12" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>84</v>
       </c>
       <c r="B13" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>86</v>
       </c>
@@ -1882,131 +1882,131 @@
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>46</v>
       </c>
       <c r="B24" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>104</v>
       </c>
       <c r="B27" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>106</v>
       </c>
       <c r="B28" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>54</v>
       </c>
       <c r="B29" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>109</v>
       </c>
       <c r="B30" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B31" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>56</v>
       </c>
       <c r="B32" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>58</v>
       </c>
       <c r="B33" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>59</v>
       </c>
       <c r="B34" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>60</v>
       </c>
       <c r="B35" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B36" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>62</v>
       </c>
       <c r="B37" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>118</v>
       </c>
       <c r="B38" t="s">
         <v>119</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>