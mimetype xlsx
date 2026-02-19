--- v0 (2025-11-21)
+++ v1 (2026-02-19)
@@ -88,99 +88,99 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2023</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Nehézfiúk</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
     <t>バッド・ボーイズ（1983）</t>
   </si>
   <si>
     <t>AU,CA,DK,ES,FI,GB,IT,JP,SE,US</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Лоши момчета</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Juventude em Fúria</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Bad Boys - Klein und gefährlich</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Pahat pojat</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Bad Boys: Les Mauvais Garçons</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Anilika katharmata</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nehézfiúk</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Götustrákarnir</t>
   </si>
   <si>
     <t>バッド・ボーイズ</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Reformatorio</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Niegrzeczni chłopcy</t>
   </si>
   <si>
     <t>Źli chłopcy</t>
   </si>
@@ -741,59 +741,59 @@
     <col min="1" max="1" width="27.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
@@ -810,51 +810,51 @@
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>46</v>
       </c>
@@ -871,51 +871,51 @@
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>53</v>
       </c>
       <c r="B18" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="B19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>