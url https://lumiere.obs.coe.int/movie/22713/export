--- v0 (2025-11-20)
+++ v1 (2025-12-12)
@@ -211,66 +211,66 @@
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DK,ES,GB,HK,IT,KR,NL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Bliskost</t>
+  </si>
+  <si>
+    <t>Closer. Entre adultes consentants</t>
+  </si>
+  <si>
+    <t>Closer - Ilholla</t>
+  </si>
+  <si>
     <t>Daha yaklas</t>
-  </si>
-[...13 lines deleted...]
-    <t>Closer - Ilholla</t>
   </si>
   <si>
     <t>Közelebb !</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Близькiсть</t>
   </si>
   <si>
     <t>AR,CL,MX</t>
   </si>
   <si>
     <t>Closer: Llevados por el deseo</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Hautnah</t>
   </si>
   <si>
     <t>Отблизо</t>
   </si>
@@ -1417,78 +1417,78 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>72</v>
       </c>
       <c r="B8" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>74</v>
       </c>
       <c r="B9" t="s">
         <v>75</v>
       </c>
     </row>
@@ -1608,51 +1608,51 @@
       <c r="A24" t="s">
         <v>56</v>
       </c>
       <c r="B24" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>58</v>
       </c>
       <c r="B25" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>59</v>
       </c>
       <c r="B26" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>101</v>
       </c>
       <c r="B28" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>103</v>
       </c>
       <c r="B29" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>61</v>
       </c>