--- v0 (2025-12-16)
+++ v1 (2026-01-10)
@@ -136,81 +136,81 @@
   <si>
     <t>Limelight</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Icon Distribution</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,AU,BR,CA,CZ,GB,HU,MX,PT,SK,US</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Папараццi</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Папараци</t>
+  </si>
+  <si>
+    <t>Paparazzi objectif chasse à l'homme</t>
+  </si>
+  <si>
+    <t>Scatto mortale - Paparazzi</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>パパラッチ（2004）</t>
+  </si>
+  <si>
     <t>LT</t>
   </si>
   <si>
     <t>Paparaciai</t>
-  </si>
-[...25 lines deleted...]
-    <t>パパラッチ（2004）</t>
   </si>
   <si>
     <t>Папарацці</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Παπαράτσι</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Папарацци</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -897,104 +897,104 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>43</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>49</v>
       </c>
       <c r="B8" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>52</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>54</v>
       </c>
       <c r="B11" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>