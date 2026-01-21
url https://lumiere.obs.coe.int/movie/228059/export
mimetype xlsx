--- v0 (2025-12-08)
+++ v1 (2026-01-21)
@@ -94,90 +94,90 @@
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>残酷な夜</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Дългата нощ на 43-та</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Noite do Massacre</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>La larga noche del 43</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>La longue nuit de 43</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>I megali nyhta tou 1943</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Ferrara hosszú éjszakája</t>
-  </si>
-[...4 lines deleted...]
-    <t>残酷な夜</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Długa noc w 1943</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>A Longa Noite de 43</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Lunga noapte a lui 43</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>It Happened in '43</t>
   </si>
@@ -746,62 +746,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>