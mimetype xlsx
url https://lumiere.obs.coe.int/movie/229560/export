--- v0 (2025-12-15)
+++ v1 (2026-01-11)
@@ -82,69 +82,69 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2023</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>I diathiki</t>
+  </si>
+  <si>
+    <t>AU,DK,GB,IT,KR,NL,PL,RS,US</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>テスタメント</t>
+  </si>
+  <si>
     <t>AR,PT</t>
   </si>
   <si>
     <t>Testamento</t>
-  </si>
-[...13 lines deleted...]
-    <t>テスタメント</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Заветът</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Herança Nuclear</t>
   </si>
   <si>
     <t>O Testamento</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Le dernier testament</t>
   </si>
   <si>
     <t>DE</t>
   </si>
@@ -708,59 +708,59 @@
     <col min="1" max="1" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
@@ -806,51 +806,51 @@
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="B13" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B16" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>