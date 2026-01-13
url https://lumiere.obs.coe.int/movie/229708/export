--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -82,66 +82,66 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Arhiva Nationala de Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>No hay paz entre los olivos</t>
+  </si>
+  <si>
     <t>AT</t>
   </si>
   <si>
     <t>Unschuldig verfolgt</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Páscoa de Sangue</t>
-  </si>
-[...4 lines deleted...]
-    <t>No hay paz entre los olivos</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Taistelu oliivipuiden varjossa</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Pâques sanglantes</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Matomeno Pasha</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Nincs béke az olajfák alatt</t>
   </si>
@@ -721,62 +721,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>