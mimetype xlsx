--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -157,66 +157,66 @@
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>NFA</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Nemzeti Filmintézet Közhasznú</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ekstasis</t>
+  </si>
+  <si>
     <t>US</t>
   </si>
   <si>
     <t>Ecstasy</t>
   </si>
   <si>
     <t>AT,GR</t>
   </si>
   <si>
     <t>Ekstase</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ekstasis</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Ekstaza</t>
   </si>
   <si>
     <t>Eksztázis</t>
   </si>
   <si>
     <t>Estasi</t>
   </si>
   <si>
     <t>FI,SE</t>
   </si>
   <si>
     <t>Extas</t>
   </si>
   <si>
     <t>FR,NL</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
@@ -1155,59 +1155,59 @@
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>64</v>
       </c>
       <c r="B12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>68</v>
       </c>
       <c r="B15" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>72</v>
       </c>