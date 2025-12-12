--- v0 (2025-11-19)
+++ v1 (2025-12-12)
@@ -280,168 +280,168 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Svensk Filmindustri</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Modernus laikai</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Nova vremena</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Oi modernoi kairoi</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Новi часи</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,JP,NL,US</t>
+  </si>
+  <si>
+    <t>AR,ES,MX</t>
+  </si>
+  <si>
+    <t>Tiempos modernos</t>
+  </si>
+  <si>
+    <t>Dr. Hauser &amp; Co. Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Moderne Zeiten</t>
+  </si>
+  <si>
+    <t>BE,CA,FR</t>
+  </si>
+  <si>
+    <t>Les temps modernes</t>
+  </si>
+  <si>
+    <t>Moderne tijden</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Модерни времена</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Os Tempos Modernos</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Tempos Modernos</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>Tiempos Modernos</t>
+  </si>
+  <si>
+    <t>Moderní Doba</t>
+  </si>
+  <si>
+    <t>DK,NO</t>
+  </si>
+  <si>
+    <t>Moderne tider</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Moodsad ajad</t>
+  </si>
+  <si>
+    <t>Temps moderns</t>
+  </si>
+  <si>
+    <t>Nykyaika</t>
+  </si>
+  <si>
+    <t>Modernoi kairoi</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Moderna vremena</t>
+  </si>
+  <si>
+    <t>Modern idők</t>
+  </si>
+  <si>
+    <t>Tempi moderni</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
+    <t>モダン・タイムス</t>
+  </si>
+  <si>
     <t>Modan Taimusu</t>
-  </si>
-[...112 lines deleted...]
-    <t>モダン・タイムス</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>모던 타임즈</t>
   </si>
   <si>
     <t>Modernūs laikai</t>
   </si>
   <si>
     <t>Μοντέρνοι καιροί</t>
   </si>
   <si>
     <t>Dzisiejsze czasy</t>
   </si>
   <si>
     <t>Timpuri noi</t>
   </si>
   <si>
     <t>Модерна времена</t>
   </si>
   <si>
     <t>Moderna tider</t>
   </si>
@@ -2303,296 +2303,296 @@
       <c r="B3" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>92</v>
       </c>
       <c r="B4" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>94</v>
       </c>
       <c r="B5" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>96</v>
       </c>
       <c r="B6" t="s">
-        <v>97</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>97</v>
+      </c>
+      <c r="B7" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B8" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="B9" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>102</v>
       </c>
       <c r="B10" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>105</v>
       </c>
       <c r="B12" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>107</v>
       </c>
       <c r="B13" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>109</v>
       </c>
       <c r="B14" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>111</v>
       </c>
       <c r="B15" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>53</v>
+      </c>
+      <c r="B16" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>53</v>
+        <v>114</v>
       </c>
       <c r="B17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>116</v>
       </c>
       <c r="B18" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>59</v>
+      </c>
+      <c r="B19" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B20" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="B21" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="B22" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>68</v>
+        <v>125</v>
       </c>
       <c r="B25" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>88</v>
+        <v>125</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>128</v>
       </c>
       <c r="B27" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B28" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B29" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>76</v>
       </c>
       <c r="B30" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>80</v>
       </c>
       <c r="B31" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B32" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>82</v>
       </c>
       <c r="B33" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>136</v>
       </c>
       <c r="B34" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>84</v>
       </c>
       <c r="B35" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>139</v>
       </c>
       <c r="B36" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B37" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>142</v>
       </c>
       <c r="B38" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>145</v>
       </c>