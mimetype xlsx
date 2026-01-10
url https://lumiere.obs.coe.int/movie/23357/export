--- v0 (2025-11-24)
+++ v1 (2026-01-10)
@@ -205,50 +205,56 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SPI</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Atalanta Filmes</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cinemania Group</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>9 SONGS</t>
+  </si>
+  <si>
     <t>AU,CA,DE,ES,FR,GB,HK,IT,NL,PL,SE,SG,US</t>
   </si>
   <si>
     <t>9 laulu</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>9 Sarki</t>
   </si>
   <si>
     <t>9 tragoudia</t>
   </si>
   <si>
     <t>9 orgazmov</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>9 canciones: Sexo en gira</t>
   </si>
   <si>
     <t>BG</t>
@@ -269,56 +275,50 @@
     <t>Devět písní</t>
   </si>
   <si>
     <t>Ice</t>
   </si>
   <si>
     <t>Nine Songs</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>9 pjesama</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Kilenc dal</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>9 canzoni</t>
-  </si>
-[...4 lines deleted...]
-    <t>9 SONGS</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>나인 송즈</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>9 orgasmos</t>
   </si>
   <si>
     <t>9 Songs - 9 Canções</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>9 piese</t>
   </si>
   <si>
     <t>RS</t>
   </si>
@@ -1357,133 +1357,133 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>63</v>
       </c>
       <c r="B2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="B5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>71</v>
       </c>
       <c r="B8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>75</v>
       </c>
       <c r="B10" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>6</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>79</v>
+        <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>81</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>83</v>
       </c>
       <c r="B15" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>85</v>
       </c>
@@ -1511,51 +1511,51 @@
       <c r="A19" t="s">
         <v>57</v>
       </c>
       <c r="B19" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>92</v>
       </c>
       <c r="B20" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>94</v>
       </c>
       <c r="B21" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B22" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>99</v>
       </c>
       <c r="B24" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>47</v>
       </c>