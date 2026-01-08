--- v0 (2025-12-13)
+++ v1 (2026-01-08)
@@ -211,99 +211,99 @@
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>United International Pictures/Universal</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>La llamada 2</t>
+  </si>
+  <si>
+    <t>La señal 2</t>
+  </si>
+  <si>
+    <t>Le cercle 2</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>El Aro 2</t>
+  </si>
+  <si>
+    <t>Halka 2</t>
+  </si>
+  <si>
+    <t>Krog 2</t>
+  </si>
+  <si>
+    <t>HR,RS</t>
+  </si>
+  <si>
+    <t>Krug 2</t>
+  </si>
+  <si>
+    <t>BA</t>
+  </si>
+  <si>
+    <t>Krug Dva</t>
+  </si>
+  <si>
+    <t>Kruh 2</t>
+  </si>
+  <si>
+    <t>DK,IT,NO,SE</t>
+  </si>
+  <si>
+    <t>A kör 2</t>
+  </si>
+  <si>
+    <t>A kör 2.</t>
+  </si>
+  <si>
     <t>Aplis 2</t>
-  </si>
-[...46 lines deleted...]
-    <t>A kör 2.</t>
   </si>
   <si>
     <t>Avertizarea Doi</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>El aro 2</t>
   </si>
   <si>
     <t>Le cercle - The ring 2</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Chamado 2</t>
   </si>
   <si>
     <t>Rezultatele cautarii dupa the ring</t>
   </si>
   <si>
     <t>DE,EE,FI,PL</t>
   </si>
@@ -1425,129 +1425,129 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>69</v>
+      </c>
       <c r="B5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:2">
-      <c r="A12" t="s">
+      <c r="B12" t="s">
         <v>79</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="13" spans="1:2">
+      <c r="A13" t="s">
+        <v>45</v>
+      </c>
       <c r="B13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>56</v>
       </c>
       <c r="B15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>43</v>
       </c>