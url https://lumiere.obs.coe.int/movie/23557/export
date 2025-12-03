--- v0 (2025-11-12)
+++ v1 (2025-12-03)
@@ -100,75 +100,75 @@
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Alta Films</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Arco-Íris</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Tecza</t>
   </si>
   <si>
     <t>Arca Iris</t>
   </si>
   <si>
     <t>BE,NL</t>
   </si>
   <si>
     <t>De regenboog</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Дъга</t>
-  </si>
-[...4 lines deleted...]
-    <t>O Arco-Íris</t>
   </si>
   <si>
     <t>DK,NO</t>
   </si>
   <si>
     <t>Regnbuen</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>L'arc-en-ciel</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>To ouranion toxon</t>
   </si>
   <si>
     <t>HR,RS</t>
   </si>
   <si>
     <t>Duga</t>
   </si>
@@ -799,63 +799,63 @@
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
@@ -898,51 +898,51 @@
       <c r="A13" t="s">
         <v>47</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>49</v>
       </c>
       <c r="B14" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>51</v>
       </c>
       <c r="B15" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B16" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>54</v>
       </c>
       <c r="B17" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>24</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>57</v>
       </c>