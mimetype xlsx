--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -124,50 +124,56 @@
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Happiness Distribution</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>L'armata sul sofà</t>
+  </si>
+  <si>
     <t>RO</t>
   </si>
   <si>
     <t>Viata la castel</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Zycie zamku</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Vilken himla kalabalik</t>
   </si>
   <si>
     <t>Zivot u dvorcu</t>
   </si>
   <si>
     <t>Жизнь богачей</t>
   </si>
   <si>
     <t>Gracious Living</t>
@@ -185,56 +191,50 @@
     <t>BR</t>
   </si>
   <si>
     <t>A Farsa do Amor e da Guerra</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Livet på slottet</t>
   </si>
   <si>
     <t>Esposa ingenua</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Elämää linnassa</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Élet a kastélyban</t>
-  </si>
-[...4 lines deleted...]
-    <t>L'armata sul sofà</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>La vida en el castillo</t>
   </si>
   <si>
     <t>Życie zamku</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Escândalo no Castelo</t>
   </si>
   <si>
     <t>Viața la castel</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>A Matter of Resistance</t>
   </si>
@@ -931,167 +931,167 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>36</v>
       </c>
       <c r="B2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>38</v>
       </c>
       <c r="B3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>42</v>
+      </c>
       <c r="B6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>55</v>
       </c>
       <c r="B15" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>57</v>
       </c>
       <c r="B16" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>59</v>
       </c>
       <c r="B17" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>62</v>
       </c>
       <c r="B19" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B20" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>65</v>
       </c>
       <c r="B21" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="B22" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>68</v>
       </c>
       <c r="B23" t="s">
         <v>69</v>
       </c>