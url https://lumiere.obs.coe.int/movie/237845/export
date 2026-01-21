--- v0 (2025-12-26)
+++ v1 (2026-01-21)
@@ -88,171 +88,171 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2024</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,BE,CA,FR,GB,US</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Su amado enemigo</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Mr. und Mrs. Smith</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Joie matrimoniale</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Г-н и г-жа Смит</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Casal do Barulho</t>
+  </si>
+  <si>
+    <t>Um Casal do Barulho</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Pan a paní Smithovi</t>
+  </si>
+  <si>
+    <t>Pan Smith s manželkou</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Lige børn leger bedst</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Matrimoni original</t>
+  </si>
+  <si>
+    <t>ES,VE</t>
+  </si>
+  <si>
+    <t>Matrimonio original</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Herra ja rouva Smith</t>
+  </si>
+  <si>
+    <t>Herra &amp; rouva Smith</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Joies matrimoniales</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Den se thelo pia</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Végre egy jó házasság</t>
+  </si>
+  <si>
+    <t>Il signore e la signora Smith</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>スミス夫妻</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Casados y descasados</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Like barn leker best</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Pan i pani Smith</t>
+  </si>
+  <si>
     <t>PT</t>
   </si>
   <si>
     <t>O Sr. e a Sra. Smith</t>
-  </si>
-[...115 lines deleted...]
-    <t>Pan i pani Smith</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Conflict conjugal</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Lika barn leka bäst</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Gospod in gospa Smith</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Aşk Muharebesi</t>
   </si>
@@ -802,192 +802,192 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>27</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B11" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>41</v>
       </c>
       <c r="B12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>50</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>52</v>
       </c>
       <c r="B18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>59</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>61</v>
       </c>