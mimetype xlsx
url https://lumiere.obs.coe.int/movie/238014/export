--- v0 (2025-11-14)
+++ v1 (2025-12-16)
@@ -100,99 +100,99 @@
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>BFI</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Wiem, dokad zmierzam</t>
+  </si>
+  <si>
+    <t>CH,FR</t>
+  </si>
+  <si>
+    <t>Je sais où je vais</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>So dove vado</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Ich weiß wohin ich gehe</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Sei Onde Fica o Paraíso</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Det hændte i Skotland</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Sé a dónde voy</t>
+  </si>
+  <si>
     <t>FI</t>
   </si>
   <si>
     <t>Myrskyöitä</t>
-  </si>
-[...43 lines deleted...]
-    <t>Sé a dónde voy</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O dromos tis kardias tis</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Vágyak szigete</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>うずまき（1945）</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Ik weet wat ik wil</t>
   </si>
@@ -819,59 +819,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
@@ -928,51 +928,51 @@
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>51</v>
       </c>
       <c r="B14" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>53</v>
       </c>
       <c r="B15" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B16" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>56</v>
       </c>
       <c r="B17" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>58</v>
       </c>
       <c r="B18" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>60</v>
       </c>