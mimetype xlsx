--- v0 (2025-12-01)
+++ v1 (2026-01-12)
@@ -196,84 +196,84 @@
   <si>
     <t>Monolith Plus</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Cinema Novo</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Blitz Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Gdzie lezy prawda</t>
+  </si>
+  <si>
+    <t>AU,ES,GB,US</t>
+  </si>
+  <si>
+    <t>Az igazásg fogságában</t>
+  </si>
+  <si>
+    <t>False verita'</t>
+  </si>
+  <si>
+    <t>Gola resnica</t>
+  </si>
+  <si>
+    <t>Onde está a verdade</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>秘密のかけら</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Къде се крие истината</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>Verdade Nua</t>
-  </si>
-[...28 lines deleted...]
-    <t>Къде се крие истината</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Somebody Loves You</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>La vérité nue</t>
   </si>
   <si>
     <t>Wahre Lügen</t>
   </si>
   <si>
     <t>Wahre Lügen - Where the Truth lies</t>
   </si>
   <si>
     <t>Den nøgne sandhed</t>
   </si>
   <si>
     <t>Kus on tõde?</t>
   </si>
@@ -1232,88 +1232,88 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>62</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>66</v>
       </c>
-    </row>
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>68</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>70</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>72</v>
       </c>
       <c r="B11" t="s">