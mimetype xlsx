--- v0 (2025-11-21)
+++ v1 (2025-12-18)
@@ -136,87 +136,87 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>LNK Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>New Films</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Teliki praxi</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Violação de Privacidade</t>
+  </si>
+  <si>
+    <t>La memoria de los muertos</t>
+  </si>
+  <si>
     <t>AU,GB,IT,SE,US</t>
   </si>
   <si>
     <t>A Última Memória</t>
   </si>
   <si>
     <t>Memorie finala</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Más allá de la muerte</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Последен спомен</t>
   </si>
   <si>
-    <t>BR</t>
-[...7 lines deleted...]
-  <si>
     <t>Final Cut</t>
-  </si>
-[...4 lines deleted...]
-    <t>Teliki praxi</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Vágott verzió</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ファイナル・カット</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Galutinis montažas</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Døds-sekvensen</t>
   </si>
@@ -911,106 +911,106 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>25</v>
+      </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
+      <c r="B7" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>57</v>
       </c>
@@ -1030,51 +1030,51 @@
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>63</v>
       </c>
       <c r="B17" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>69</v>
       </c>