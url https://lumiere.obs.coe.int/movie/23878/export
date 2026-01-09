--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -142,78 +142,78 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>New Films</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Teliki praxi</t>
   </si>
   <si>
+    <t>AU,GB,IT,SE,US</t>
+  </si>
+  <si>
+    <t>A Última Memória</t>
+  </si>
+  <si>
+    <t>Memorie finala</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Más allá de la muerte</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Последен спомен</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>Violação de Privacidade</t>
   </si>
   <si>
     <t>La memoria de los muertos</t>
-  </si>
-[...19 lines deleted...]
-    <t>Последен спомен</t>
   </si>
   <si>
     <t>Final Cut</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Vágott verzió</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ファイナル・カット</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Galutinis montažas</t>
   </si>
   <si>
     <t>NO</t>
   </si>
@@ -919,90 +919,90 @@
     <col min="1" max="1" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>40</v>
       </c>
       <c r="B2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>42</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:2">
+      <c r="B5" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
-      <c r="A5" t="s">
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>45</v>
       </c>
-      <c r="B5" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>47</v>
+      </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>55</v>
       </c>