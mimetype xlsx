--- v0 (2025-11-25)
+++ v1 (2026-01-15)
@@ -151,78 +151,78 @@
   <si>
     <t>Lloyd/Odeon</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Benelux Film Distributors</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Independenta Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Hentai mura</t>
+  </si>
+  <si>
     <t>BE,BR,CA,FR,GB,GR,IT,TR,US</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Calvaire - Tortur des Wahnsinns</t>
   </si>
   <si>
     <t>Martyrium</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Calvario</t>
   </si>
   <si>
     <t>Pokoljárás</t>
   </si>
   <si>
-    <t>JP</t>
-[...1 lines deleted...]
-  <si>
     <t>変態村</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hentai mura</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kalwaria</t>
   </si>
   <si>
     <t>Calvarul</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>The Ordeal</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Мучение</t>
   </si>
 </sst>
 </file>
 
@@ -983,96 +983,96 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B3" t="s">
-        <v>47</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>55</v>
       </c>
       <c r="B9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>58</v>
       </c>