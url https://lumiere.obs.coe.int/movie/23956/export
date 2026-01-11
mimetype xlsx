--- v0 (2025-12-18)
+++ v1 (2026-01-11)
@@ -133,105 +133,105 @@
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Trigon Film</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Peccadillo Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Budi uz mene</t>
+  </si>
+  <si>
+    <t>伴我心</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Rămâi cu mine</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Badz ze mna</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Meine mazi mou</t>
   </si>
   <si>
     <t>AR,GB,SG</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Quédate conmigo</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Fica Comigo</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Maradj velem!</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>一緒にいて</t>
   </si>
   <si>
     <t>Bądź ze mną</t>
-  </si>
-[...13 lines deleted...]
-    <t>伴我心</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Будь со мной</t>
   </si>
   <si>
     <t>Μείνε μαζί μου</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -914,139 +914,139 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>39</v>
       </c>
       <c r="B2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>48</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>55</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>