--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -112,75 +112,75 @@
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,KR,NL,SG,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Açik Tehlike</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Jasna i neposredna opasnost</t>
+  </si>
+  <si>
+    <t>AR,ES,MX</t>
+  </si>
+  <si>
+    <t>Peligro inminente</t>
+  </si>
+  <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Das Kartell</t>
-  </si>
-[...19 lines deleted...]
-    <t>Peligro inminente</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Реална опасност</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Perigo Real e Imediato</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Danger immédiat</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Jasné nebezpečí</t>
   </si>
@@ -873,59 +873,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>39</v>
       </c>
       <c r="B6" t="s">
         <v>40</v>
       </c>
@@ -1046,67 +1046,67 @@
       <c r="A21" t="s">
         <v>68</v>
       </c>
       <c r="B21" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>70</v>
       </c>
       <c r="B22" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>72</v>
       </c>
       <c r="B23" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B24" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>75</v>
       </c>
       <c r="B25" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>78</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>81</v>
       </c>