--- v0 (2025-11-21)
+++ v1 (2026-01-10)
@@ -166,66 +166,66 @@
   <si>
     <t>Acme</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Independent Films Benelux</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Prisvideo Edicoes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Zimne dranie</t>
+  </si>
+  <si>
+    <t>Moisson de glace</t>
+  </si>
+  <si>
     <t>AU,DE,GB,IT,US</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Buz hasadi</t>
-  </si>
-[...7 lines deleted...]
-    <t>Zimne dranie</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>La cosecha de hielo</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Sangue Frio</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>La moisson de glace</t>
   </si>
   <si>
     <t>Jäätävää satoa</t>
   </si>
   <si>
     <t>Faux amis</t>
   </si>
@@ -1076,64 +1076,64 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>51</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>53</v>
+      </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>54</v>
       </c>
       <c r="B5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>58</v>
       </c>
       <c r="B7" t="s">
         <v>59</v>
       </c>
@@ -1214,51 +1214,51 @@
       <c r="A17" t="s">
         <v>46</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>78</v>
       </c>
       <c r="B19" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>81</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>64</v>
       </c>
       <c r="B22" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>84</v>
       </c>