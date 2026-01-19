--- v0 (2025-11-14)
+++ v1 (2026-01-19)
@@ -157,50 +157,56 @@
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Baltic Cinema</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Özen Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>U plavetnilu</t>
+  </si>
+  <si>
     <t>AU,CA,DE,GB,GR,SE,US</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Blekitna glebia</t>
   </si>
   <si>
     <t>Inmersion letal</t>
   </si>
   <si>
     <t>Maviliklere dogru</t>
   </si>
   <si>
     <t>Sinisesse sügavikku</t>
   </si>
   <si>
     <t>AR,MX,VE</t>
   </si>
   <si>
     <t>Azul extremo</t>
   </si>
   <si>
     <t>BE,CA,FR</t>
@@ -245,56 +251,50 @@
     <t>A tenger vadjai</t>
   </si>
   <si>
     <t>Trappola in fondo al mare</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>イントゥ・ザ・ブルー</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Pavojai gelmese</t>
   </si>
   <si>
     <t>Zudis dzelmē</t>
   </si>
   <si>
     <t>Błękitna głębia</t>
   </si>
   <si>
     <t>Profundo Azul</t>
-  </si>
-[...4 lines deleted...]
-    <t>U plavetnilu</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>V nevarni modrini</t>
   </si>
   <si>
     <t>Maviliklere doğru</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ласкаво просимо до раю</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Добро пожаловать в рай!</t>
   </si>
 </sst>
 </file>
 
@@ -1068,202 +1068,202 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
       <c r="B4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>55</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>57</v>
       </c>
       <c r="B9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>59</v>
       </c>
       <c r="B10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="B12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>67</v>
       </c>
       <c r="B15" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>72</v>
       </c>
       <c r="B18" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B21" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>79</v>
       </c>
       <c r="B23" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>82</v>
       </c>