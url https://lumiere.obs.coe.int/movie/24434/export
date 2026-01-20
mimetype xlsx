--- v0 (2025-11-18)
+++ v1 (2026-01-20)
@@ -91,50 +91,56 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2005</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>I saulę</t>
+  </si>
+  <si>
     <t>GB,IT,NO,US</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Venganza en el sol naciente</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Срещу слънцето</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Operação Sol Nascente</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Into the Sun - Im Netz der Yakuza</t>
@@ -152,56 +158,50 @@
     <t>Into the Sun: L'honneur des yakuza</t>
   </si>
   <si>
     <t>L'honneur des Yakusa</t>
   </si>
   <si>
     <t>Piège au soleil levant</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Polemistis ston ilio</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Szemben a Nappal</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>イントゥ・ザ・サン</t>
-  </si>
-[...4 lines deleted...]
-    <t>I saulę</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>W stronę słońca</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Yakuza - O Império do Sol Nascente</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Mafia de la rasarit</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Yakuza</t>
   </si>
@@ -745,120 +745,120 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B10" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>46</v>
       </c>
@@ -886,51 +886,51 @@
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="B19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>