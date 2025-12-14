--- v0 (2025-11-23)
+++ v1 (2025-12-14)
@@ -94,63 +94,63 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2023</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Pirkanmaan Elokuvakeskus</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>De verdelger</t>
+  </si>
+  <si>
     <t>SE</t>
   </si>
   <si>
     <t>Utrotaren</t>
   </si>
   <si>
-    <t>BE</t>
-[...1 lines deleted...]
-  <si>
     <t>L'exécuteur</t>
-  </si>
-[...1 lines deleted...]
-    <t>De verdelger</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Унищожителят</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Exterminador</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Le droit de tuer</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Hævneren</t>
   </si>
@@ -776,51 +776,51 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>