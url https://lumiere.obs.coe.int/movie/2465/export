--- v0 (2025-11-18)
+++ v1 (2025-12-21)
@@ -103,50 +103,56 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1996</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Sol levante</t>
+  </si>
+  <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Izlazeće sunce</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Wschodzace slonce</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Yükselen Günes</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Sol naciente</t>
@@ -206,56 +212,50 @@
     <t>Nouseva aurinko</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Anatellon ilos</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Izlazece sunce</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Gyilkos nap</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Rísandi Sól</t>
-  </si>
-[...4 lines deleted...]
-    <t>Sol levante</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ライジング・サン（1993）</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Tekanti saule</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Blodrød sol</t>
   </si>
   <si>
     <t>Wschodzące słońce</t>
   </si>
   <si>
     <t>Rasarit de soare</t>
   </si>
@@ -859,59 +859,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B3" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>36</v>
       </c>
       <c r="B6" t="s">
         <v>37</v>
       </c>
@@ -1032,115 +1032,115 @@
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>68</v>
       </c>
       <c r="B22" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>70</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>26</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B27" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>76</v>
       </c>
       <c r="B28" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>78</v>
       </c>
       <c r="B29" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>80</v>
       </c>
       <c r="B30" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B31" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B32" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>84</v>
       </c>
       <c r="B33" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">