--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -133,75 +133,75 @@
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Artdoc Fest &amp; Media</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Against Gravity</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IT,LV,US</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Този дъжд никога няма да спре</t>
+  </si>
+  <si>
+    <t>Dieser Regen hört niemals auf</t>
+  </si>
+  <si>
+    <t>Esta lluvia nunca cesará</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>江湖夜雨無從斷</t>
+  </si>
+  <si>
     <t>MX</t>
   </si>
   <si>
     <t>Esta lluvia nunca terminará</t>
-  </si>
-[...19 lines deleted...]
-    <t>江湖夜雨無從斷</t>
   </si>
   <si>
     <t>Ten deszcz nigdy nie ustanie</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Цей дощ ніколи не скінчиться</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>この雨は止まない</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Этот дождь никогда не закончится</t>
   </si>
 </sst>
 </file>
 
@@ -876,80 +876,80 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>39</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>49</v>
       </c>