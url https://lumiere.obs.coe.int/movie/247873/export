--- v0 (2025-11-22)
+++ v1 (2026-02-03)
@@ -94,66 +94,66 @@
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Altitude</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Herdeiro</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Heredero</t>
+  </si>
+  <si>
+    <t>Oğul</t>
+  </si>
+  <si>
     <t>AU,CA,DE,FR,GB,IE,IT,MX,NL,NO,SE,SG,US</t>
-  </si>
-[...13 lines deleted...]
-    <t>Heredero</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>呪われた息子の母 ローラ</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Syn</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Сын</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -710,75 +710,75 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>