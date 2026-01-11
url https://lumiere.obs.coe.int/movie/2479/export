--- v0 (2025-11-20)
+++ v1 (2026-01-11)
@@ -202,168 +202,168 @@
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Grazi moteris</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Özel bir kadin</t>
+  </si>
+  <si>
+    <t>AU,CA,CZ,DE,DK,ES,FI,FR,GB,GR,IT,NL,PL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>AR,CL,MX,VE</t>
+  </si>
+  <si>
+    <t>Mujer bonita</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Хубава жена</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Uma Linda Mulher</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Une jolie femme</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Kaunis naine</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Pretty Woman - Directors Cut</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Zgodna žena</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Micsoda nő</t>
+  </si>
+  <si>
+    <t>IS</t>
+  </si>
+  <si>
+    <t>Stórkostleg stúlka</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>プリティ・ウーマン</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>귀여운 여인</t>
+  </si>
+  <si>
+    <t>Graži moteris</t>
+  </si>
+  <si>
+    <t>LV</t>
+  </si>
+  <si>
+    <t>Jaukā Sieviete</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Pretty Woman: Um Sonho de Mulher</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Frumuşica</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Згодна жена</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Cedno dekle</t>
+  </si>
+  <si>
     <t>SK</t>
   </si>
   <si>
     <t>Pekná žena</t>
-  </si>
-[...112 lines deleted...]
-    <t>Cedno dekle</t>
   </si>
   <si>
     <t>Özel Bir Kadın</t>
   </si>
   <si>
     <t>$ 3,000</t>
   </si>
   <si>
     <t>Krásná žena</t>
   </si>
   <si>
     <t>Cute Girls</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>風月俏佳人</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>Красотка</t>
   </si>
@@ -1536,59 +1536,59 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>62</v>
       </c>
       <c r="B2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>64</v>
       </c>
       <c r="B3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B5" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>69</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>71</v>
       </c>
       <c r="B7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
@@ -1629,107 +1629,107 @@
       <c r="A13" t="s">
         <v>83</v>
       </c>
       <c r="B13" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>85</v>
       </c>
       <c r="B14" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>87</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="B17" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>92</v>
       </c>
       <c r="B18" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>94</v>
       </c>
       <c r="B19" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>96</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>98</v>
       </c>
       <c r="B21" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>100</v>
       </c>
       <c r="B22" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B23" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="B25" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="B26" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">