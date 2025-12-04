--- v0 (2025-11-13)
+++ v1 (2025-12-04)
@@ -115,81 +115,81 @@
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Lucky Red</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,SG,US</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Sirenas</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Сирени</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Sereias</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Sirènes</t>
+  </si>
+  <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Sirény</t>
-  </si>
-[...25 lines deleted...]
-    <t>Sereias</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Verführung der Sirenen</t>
   </si>
   <si>
     <t>Sirener</t>
   </si>
   <si>
     <t>Sirenes</t>
   </si>
   <si>
     <t>Sirens (Sirenas)</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Seireenit</t>
   </si>
   <si>
     <t>GR</t>
   </si>
@@ -870,67 +870,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>40</v>
       </c>
       <c r="B6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>42</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>