--- v0 (2025-12-12)
+++ v1 (2026-01-12)
@@ -199,186 +199,186 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>CLMC Multimedia</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Arhiva Nationala de Filme</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Gori, gospodična</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>¡Al fuego, bomberos!</t>
+  </si>
+  <si>
+    <t>UY</t>
+  </si>
+  <si>
+    <t>Al fuego bomberos</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Al fuoco pompieri!</t>
+  </si>
+  <si>
+    <t>Anuschka - es brennt, mein Schatz</t>
+  </si>
+  <si>
+    <t>Au feu les pompiers!</t>
+  </si>
+  <si>
+    <t>Au feu... les pompiers</t>
+  </si>
+  <si>
+    <t>Balul pompierilor</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Brandmænd i fyr og flamme</t>
+  </si>
+  <si>
+    <t>Der Feuerwehrball</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Det brenner, min kjære!</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Det brinner, min sköna</t>
+  </si>
+  <si>
     <t>GR</t>
   </si>
   <si>
+    <t>Fotia... pyrosvestes</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Gori, gospodjice moja</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Het bal der pompiers</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Het brandt m'n liefje</t>
+  </si>
+  <si>
+    <t>Horí, má panenko</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Kosun Itfaiyeciler</t>
+  </si>
+  <si>
+    <t>Like a House on Fire</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>O Baile dos Bombeiros</t>
+  </si>
+  <si>
+    <t>O horos ton pyrosveston</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Palaa, palaa!</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Pali sie, moja panno</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Pritsimeeste pidu</t>
+  </si>
+  <si>
+    <t>The Fireman's Ball</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>The Firemen's Ball</t>
+  </si>
+  <si>
+    <t>The Firemen's Ball and Lottery</t>
+  </si>
+  <si>
+    <t>Tűz van, babám!</t>
+  </si>
+  <si>
     <t>Φωτιά... Πυροσβέστες</t>
-  </si>
-[...130 lines deleted...]
-    <t>Tűz van, babám!</t>
   </si>
   <si>
     <t>Бал пожарных</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Балът на пожарникарите</t>
   </si>
   <si>
     <t>Пожар, момичето ми</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1451,258 +1451,258 @@
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>61</v>
       </c>
       <c r="B2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>63</v>
       </c>
-      <c r="B3" t="s">
+      <c r="B4" t="s">
         <v>64</v>
-      </c>
-[...3 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>65</v>
       </c>
       <c r="B5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>67</v>
       </c>
       <c r="B6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
+      <c r="B7" t="s">
         <v>69</v>
       </c>
-      <c r="B7" t="s">
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" t="s">
         <v>70</v>
-      </c>
-[...3 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="12" spans="1:2">
-      <c r="A12" t="s">
+      <c r="B12" t="s">
         <v>75</v>
       </c>
-      <c r="B12" t="s">
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" t="s">
         <v>76</v>
       </c>
-    </row>
-    <row r="13" spans="1:2">
       <c r="B13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>78</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="B16" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B17" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B18" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:2">
-      <c r="A19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:2">
+      <c r="A20" t="s">
+        <v>89</v>
+      </c>
       <c r="B20" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:2">
-      <c r="A21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B21" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:2">
+      <c r="A22" t="s">
+        <v>92</v>
+      </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="B23" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="B24" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B26" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:2">
-      <c r="A27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B27" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:2">
+      <c r="A28" t="s">
+        <v>102</v>
+      </c>
       <c r="B28" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B29" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="B31" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>108</v>
       </c>
       <c r="B33" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>108</v>
       </c>
       <c r="B34" t="s">
         <v>110</v>
       </c>