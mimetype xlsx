--- v0 (2025-12-18)
+++ v1 (2026-01-30)
@@ -779,81 +779,83 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2">
         <v>44834</v>
       </c>
       <c r="D2" s="3">
-        <v>6635</v>
+        <v>6871</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>5721</v>
       </c>
       <c r="G2" s="3">
         <v>914</v>
       </c>
-      <c r="H2" s="3"/>
+      <c r="H2" s="3">
+        <v>236</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3">
         <v>44573</v>
       </c>
       <c r="D3" s="3">
-        <v>9262</v>
+        <v>9536</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>8969</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3">
-        <v>293</v>
+        <v>567</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4">
         <v>44573</v>
       </c>
       <c r="D4" s="3">
         <v>8788</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3">
         <v>8348</v>
       </c>
       <c r="G4" s="3">
         <v>228</v>
       </c>
       <c r="H4" s="3">
         <v>212</v>
       </c>
@@ -1239,83 +1241,83 @@
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>59</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22">
         <v>44582</v>
       </c>
       <c r="D22" s="3">
         <v>2538</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3">
         <v>2538</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="3">
-        <v>576585</v>
+        <v>577095</v>
       </c>
       <c r="E23" s="3">
         <v>8610</v>
       </c>
       <c r="F23" s="3">
         <v>558210</v>
       </c>
       <c r="G23" s="3">
         <v>8322</v>
       </c>
       <c r="H23" s="3">
-        <v>1443</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="3">
-        <v>587911</v>
+        <v>588421</v>
       </c>
       <c r="E24" s="3">
         <v>8610</v>
       </c>
       <c r="F24" s="3">
         <v>569096</v>
       </c>
       <c r="G24" s="3">
         <v>8550</v>
       </c>
       <c r="H24" s="3">
-        <v>1655</v>
+        <v>2165</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>