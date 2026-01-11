--- v0 (2025-11-30)
+++ v1 (2026-01-11)
@@ -100,78 +100,78 @@
   <si>
     <t>Total since 2005</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Cooper Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DK,NO</t>
+  </si>
+  <si>
+    <t>Under Roms sol</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Pod sloncem Rzymu</t>
   </si>
   <si>
     <t>BE,FR</t>
   </si>
   <si>
     <t>Sous le soleil de Rome</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Onder de zon van Rom</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Sob o Sol de Roma</t>
-  </si>
-[...4 lines deleted...]
-    <t>Under Roms sol</t>
   </si>
   <si>
     <t>Bajo el sol de Roma</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Kato ap' ton ilio tis Romis</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Róma napja alatt</t>
   </si>
   <si>
     <t>Pod słońcem Rzymu</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Sob o Céu de Roma</t>
   </si>
@@ -745,62 +745,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
@@ -817,51 +817,51 @@
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="B13" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="B14" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15" t="s">