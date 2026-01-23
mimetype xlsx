--- v0 (2025-11-23)
+++ v1 (2026-01-23)
@@ -172,84 +172,84 @@
   <si>
     <t>CLMC Multimedia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>UNP</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,DE,FI,GB,IT,US</t>
+  </si>
+  <si>
+    <t>Americká kletba</t>
+  </si>
+  <si>
+    <t>Americká kliatba</t>
+  </si>
+  <si>
+    <t>Assombrados - Uma historia americana</t>
+  </si>
+  <si>
+    <t>Demon: Historia Prawdziwa</t>
+  </si>
+  <si>
+    <t>Prekletstvo druzine bell</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Raudonosios upes vaiduoklis</t>
+  </si>
+  <si>
+    <t>AR,CL,MX,VE</t>
+  </si>
+  <si>
+    <t>Apariciones</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>Maldição</t>
-  </si>
-[...28 lines deleted...]
-    <t>Apariciones</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Cauchemar américain</t>
   </si>
   <si>
     <t>Der Fluch der Betsy Bell</t>
   </si>
   <si>
     <t>Maleficio</t>
   </si>
   <si>
     <t>American Haunting</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>I afixi tou daimona</t>
   </si>
   <si>
     <t>HR</t>
   </si>
@@ -1102,82 +1102,82 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>53</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>58</v>
       </c>
-    </row>
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>60</v>
       </c>
       <c r="B9" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>62</v>
       </c>
       <c r="B10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>64</v>
       </c>
       <c r="B11" t="s">